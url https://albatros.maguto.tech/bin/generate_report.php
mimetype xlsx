--- v0 (2025-12-09)
+++ v1 (2026-01-31)
@@ -16,86 +16,89 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="2" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
     <sheet name="Поставщики" sheetId="2" r:id="rId5"/>
     <sheet name="Товары без поставщика" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <t>Поставщик</t>
   </si>
   <si>
     <t>ТОВ "ТК "Альбатрос"</t>
   </si>
   <si>
     <t>Сузір'я</t>
   </si>
   <si>
     <t>Текстильна фабрика "Мальва"</t>
   </si>
   <si>
     <t>PrimaTerra</t>
   </si>
   <si>
     <t>LUGI</t>
   </si>
   <si>
     <t>СеЛан</t>
   </si>
   <si>
     <t>Chaban</t>
   </si>
   <si>
     <t>Boroda</t>
   </si>
   <si>
     <t>Фібратекс</t>
   </si>
   <si>
     <t>Юнікс</t>
   </si>
   <si>
     <t>Longi</t>
+  </si>
+  <si>
+    <t>Geekach</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>1222</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -486,54 +489,54 @@
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z12"/>
+  <dimension ref="A1:Z13"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A2" sqref="A2:Z12"/>
+      <selection activeCell="A2" sqref="A2:Z13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="25" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
@@ -854,112 +857,142 @@
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
       <c r="J12" s="2"/>
       <c r="K12" s="2"/>
       <c r="L12" s="2"/>
       <c r="M12" s="2"/>
       <c r="N12" s="2"/>
       <c r="O12" s="2"/>
       <c r="P12" s="2"/>
       <c r="Q12" s="2"/>
       <c r="R12" s="2"/>
       <c r="S12" s="2"/>
       <c r="T12" s="2"/>
       <c r="U12" s="2"/>
       <c r="V12" s="2"/>
       <c r="W12" s="2"/>
       <c r="X12" s="2"/>
       <c r="Y12" s="2"/>
       <c r="Z12" s="2"/>
     </row>
+    <row r="13" spans="1:26">
+      <c r="A13" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="2"/>
+      <c r="J13" s="2"/>
+      <c r="K13" s="2"/>
+      <c r="L13" s="2"/>
+      <c r="M13" s="2"/>
+      <c r="N13" s="2"/>
+      <c r="O13" s="2"/>
+      <c r="P13" s="2"/>
+      <c r="Q13" s="2"/>
+      <c r="R13" s="2"/>
+      <c r="S13" s="2"/>
+      <c r="T13" s="2"/>
+      <c r="U13" s="2"/>
+      <c r="V13" s="2"/>
+      <c r="W13" s="2"/>
+      <c r="X13" s="2"/>
+      <c r="Y13" s="2"/>
+      <c r="Z13" s="2"/>
+    </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2:Z2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="25" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>