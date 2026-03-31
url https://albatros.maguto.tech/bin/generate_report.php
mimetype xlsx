--- v1 (2026-01-31)
+++ v2 (2026-03-31)
@@ -16,89 +16,95 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="2" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
     <sheet name="Поставщики" sheetId="2" r:id="rId5"/>
     <sheet name="Товары без поставщика" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>Поставщик</t>
   </si>
   <si>
     <t>ТОВ "ТК "Альбатрос"</t>
   </si>
   <si>
     <t>Сузір'я</t>
   </si>
   <si>
-    <t>Текстильна фабрика "Мальва"</t>
-[...1 lines deleted...]
-  <si>
     <t>PrimaTerra</t>
   </si>
   <si>
     <t>LUGI</t>
   </si>
   <si>
     <t>СеЛан</t>
   </si>
   <si>
     <t>Chaban</t>
   </si>
   <si>
     <t>Boroda</t>
   </si>
   <si>
     <t>Фібратекс</t>
   </si>
   <si>
     <t>Юнікс</t>
   </si>
   <si>
     <t>Longi</t>
   </si>
   <si>
     <t>Geekach</t>
+  </si>
+  <si>
+    <t>Esthetic House</t>
+  </si>
+  <si>
+    <t>RainWay</t>
+  </si>
+  <si>
+    <t>Good-Dream</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>1222</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -489,54 +495,54 @@
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z13"/>
+  <dimension ref="A1:Z15"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A2" sqref="A2:Z13"/>
+      <selection activeCell="A2" sqref="A2:Z15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="25" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
@@ -887,112 +893,172 @@
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
       <c r="J13" s="2"/>
       <c r="K13" s="2"/>
       <c r="L13" s="2"/>
       <c r="M13" s="2"/>
       <c r="N13" s="2"/>
       <c r="O13" s="2"/>
       <c r="P13" s="2"/>
       <c r="Q13" s="2"/>
       <c r="R13" s="2"/>
       <c r="S13" s="2"/>
       <c r="T13" s="2"/>
       <c r="U13" s="2"/>
       <c r="V13" s="2"/>
       <c r="W13" s="2"/>
       <c r="X13" s="2"/>
       <c r="Y13" s="2"/>
       <c r="Z13" s="2"/>
     </row>
+    <row r="14" spans="1:26">
+      <c r="A14" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B14" s="2"/>
+      <c r="C14" s="2"/>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2"/>
+      <c r="I14" s="2"/>
+      <c r="J14" s="2"/>
+      <c r="K14" s="2"/>
+      <c r="L14" s="2"/>
+      <c r="M14" s="2"/>
+      <c r="N14" s="2"/>
+      <c r="O14" s="2"/>
+      <c r="P14" s="2"/>
+      <c r="Q14" s="2"/>
+      <c r="R14" s="2"/>
+      <c r="S14" s="2"/>
+      <c r="T14" s="2"/>
+      <c r="U14" s="2"/>
+      <c r="V14" s="2"/>
+      <c r="W14" s="2"/>
+      <c r="X14" s="2"/>
+      <c r="Y14" s="2"/>
+      <c r="Z14" s="2"/>
+    </row>
+    <row r="15" spans="1:26">
+      <c r="A15" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B15" s="2"/>
+      <c r="C15" s="2"/>
+      <c r="D15" s="2"/>
+      <c r="E15" s="2"/>
+      <c r="F15" s="2"/>
+      <c r="G15" s="2"/>
+      <c r="H15" s="2"/>
+      <c r="I15" s="2"/>
+      <c r="J15" s="2"/>
+      <c r="K15" s="2"/>
+      <c r="L15" s="2"/>
+      <c r="M15" s="2"/>
+      <c r="N15" s="2"/>
+      <c r="O15" s="2"/>
+      <c r="P15" s="2"/>
+      <c r="Q15" s="2"/>
+      <c r="R15" s="2"/>
+      <c r="S15" s="2"/>
+      <c r="T15" s="2"/>
+      <c r="U15" s="2"/>
+      <c r="V15" s="2"/>
+      <c r="W15" s="2"/>
+      <c r="X15" s="2"/>
+      <c r="Y15" s="2"/>
+      <c r="Z15" s="2"/>
+    </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2:Z2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="25" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>