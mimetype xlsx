--- v0 (2025-12-09)
+++ v1 (2026-01-31)
@@ -14,95 +14,113 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="1" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
     <sheet name="Товары без атрибутов" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>Товар</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Салфетки косметические "Будь ласка" Альбатрос, "Рождество", брикет, двухслойные, 90 штук, размер 200*200, белые</t>
   </si>
   <si>
     <t>231-000</t>
   </si>
   <si>
     <t>Влажные салфетки “NATURELLE” Antibacterial, 72 шт</t>
   </si>
   <si>
     <t>4820207591028</t>
   </si>
   <si>
+    <t>Зубная щетка normal CLINIC Black &amp; White soft 1+1 (мягкая).</t>
+  </si>
+  <si>
+    <t>3800213350353</t>
+  </si>
+  <si>
     <t>1222</t>
   </si>
   <si>
+    <t>Антибактериальное жидкое мыло, с ионами серебра, ТМ Ekolan, ПЭТ упаковка, 5000 мл</t>
+  </si>
+  <si>
+    <t>4820217131887</t>
+  </si>
+  <si>
     <t>ЗооТовар</t>
   </si>
   <si>
     <t>ZOO</t>
   </si>
   <si>
     <t>Гирлянда Бахрома уличная 600 LED 36 м от сети черная нить</t>
   </si>
   <si>
     <t>36МB</t>
   </si>
   <si>
     <t>Бант новогодний бархатный бархатный, красный</t>
   </si>
   <si>
     <t>CR-2-13-1</t>
   </si>
   <si>
     <t>Набір: чашка 400мл +чайник "Сніговик"</t>
   </si>
   <si>
     <t>В4024</t>
+  </si>
+  <si>
+    <t>Лампочка аварийного освещения Almina 30 Вт</t>
+  </si>
+  <si>
+    <t>DL-030</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FFFFFFFF"/>
       <name val="Tahoma"/>
@@ -483,54 +501,54 @@
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z8"/>
+  <dimension ref="A1:Z11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A2" sqref="A2:Z8"/>
+      <selection activeCell="A2" sqref="A2:Z11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="25" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
@@ -589,83 +607,83 @@
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
       <c r="O3" s="2"/>
       <c r="P3" s="2"/>
       <c r="Q3" s="2"/>
       <c r="R3" s="2"/>
       <c r="S3" s="2"/>
       <c r="T3" s="2"/>
       <c r="U3" s="2"/>
       <c r="V3" s="2"/>
       <c r="W3" s="2"/>
       <c r="X3" s="2"/>
       <c r="Y3" s="2"/>
       <c r="Z3" s="2"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="2" t="s">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
       <c r="N4" s="2"/>
       <c r="O4" s="2"/>
       <c r="P4" s="2"/>
       <c r="Q4" s="2"/>
       <c r="R4" s="2"/>
       <c r="S4" s="2"/>
       <c r="T4" s="2"/>
       <c r="U4" s="2"/>
       <c r="V4" s="2"/>
       <c r="W4" s="2"/>
       <c r="X4" s="2"/>
       <c r="Y4" s="2"/>
       <c r="Z4" s="2"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="2" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
       <c r="J5" s="2"/>
       <c r="K5" s="2"/>
       <c r="L5" s="2"/>
       <c r="M5" s="2"/>
       <c r="N5" s="2"/>
       <c r="O5" s="2"/>
       <c r="P5" s="2"/>
       <c r="Q5" s="2"/>
       <c r="R5" s="2"/>
       <c r="S5" s="2"/>
       <c r="T5" s="2"/>
       <c r="U5" s="2"/>
       <c r="V5" s="2"/>
       <c r="W5" s="2"/>
@@ -746,50 +764,146 @@
       </c>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
       <c r="J8" s="2"/>
       <c r="K8" s="2"/>
       <c r="L8" s="2"/>
       <c r="M8" s="2"/>
       <c r="N8" s="2"/>
       <c r="O8" s="2"/>
       <c r="P8" s="2"/>
       <c r="Q8" s="2"/>
       <c r="R8" s="2"/>
       <c r="S8" s="2"/>
       <c r="T8" s="2"/>
       <c r="U8" s="2"/>
       <c r="V8" s="2"/>
       <c r="W8" s="2"/>
       <c r="X8" s="2"/>
       <c r="Y8" s="2"/>
       <c r="Z8" s="2"/>
+    </row>
+    <row r="9" spans="1:26">
+      <c r="A9" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C9" s="2"/>
+      <c r="D9" s="2"/>
+      <c r="E9" s="2"/>
+      <c r="F9" s="2"/>
+      <c r="G9" s="2"/>
+      <c r="H9" s="2"/>
+      <c r="I9" s="2"/>
+      <c r="J9" s="2"/>
+      <c r="K9" s="2"/>
+      <c r="L9" s="2"/>
+      <c r="M9" s="2"/>
+      <c r="N9" s="2"/>
+      <c r="O9" s="2"/>
+      <c r="P9" s="2"/>
+      <c r="Q9" s="2"/>
+      <c r="R9" s="2"/>
+      <c r="S9" s="2"/>
+      <c r="T9" s="2"/>
+      <c r="U9" s="2"/>
+      <c r="V9" s="2"/>
+      <c r="W9" s="2"/>
+      <c r="X9" s="2"/>
+      <c r="Y9" s="2"/>
+      <c r="Z9" s="2"/>
+    </row>
+    <row r="10" spans="1:26">
+      <c r="A10" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C10" s="2"/>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2"/>
+      <c r="F10" s="2"/>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2"/>
+      <c r="I10" s="2"/>
+      <c r="J10" s="2"/>
+      <c r="K10" s="2"/>
+      <c r="L10" s="2"/>
+      <c r="M10" s="2"/>
+      <c r="N10" s="2"/>
+      <c r="O10" s="2"/>
+      <c r="P10" s="2"/>
+      <c r="Q10" s="2"/>
+      <c r="R10" s="2"/>
+      <c r="S10" s="2"/>
+      <c r="T10" s="2"/>
+      <c r="U10" s="2"/>
+      <c r="V10" s="2"/>
+      <c r="W10" s="2"/>
+      <c r="X10" s="2"/>
+      <c r="Y10" s="2"/>
+      <c r="Z10" s="2"/>
+    </row>
+    <row r="11" spans="1:26">
+      <c r="A11" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" s="2"/>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
+      <c r="J11" s="2"/>
+      <c r="K11" s="2"/>
+      <c r="L11" s="2"/>
+      <c r="M11" s="2"/>
+      <c r="N11" s="2"/>
+      <c r="O11" s="2"/>
+      <c r="P11" s="2"/>
+      <c r="Q11" s="2"/>
+      <c r="R11" s="2"/>
+      <c r="S11" s="2"/>
+      <c r="T11" s="2"/>
+      <c r="U11" s="2"/>
+      <c r="V11" s="2"/>
+      <c r="W11" s="2"/>
+      <c r="X11" s="2"/>
+      <c r="Y11" s="2"/>
+      <c r="Z11" s="2"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>