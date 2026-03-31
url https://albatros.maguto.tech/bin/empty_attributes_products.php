--- v1 (2026-01-31)
+++ v2 (2026-03-31)
@@ -14,89 +14,119 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="1" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
     <sheet name="Товары без атрибутов" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Товар</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Салфетки косметические "Будь ласка" Альбатрос, "Рождество", брикет, двухслойные, 90 штук, размер 200*200, белые</t>
   </si>
   <si>
     <t>231-000</t>
   </si>
   <si>
+    <t>Туалетная бумага. Упаковка. "Альбатрос", серый, D 90 мм, H 95 мм, 8 рулонов</t>
+  </si>
+  <si>
+    <t>4820193580457-8</t>
+  </si>
+  <si>
     <t>Влажные салфетки “NATURELLE” Antibacterial, 72 шт</t>
   </si>
   <si>
     <t>4820207591028</t>
   </si>
   <si>
     <t>Зубная щетка normal CLINIC Black &amp; White soft 1+1 (мягкая).</t>
   </si>
   <si>
     <t>3800213350353</t>
   </si>
   <si>
+    <t>Лакомство Trixie Premio Cheese Chicken Cubes для кошек кубики с курицей и сыром 50 г</t>
+  </si>
+  <si>
+    <t>42717</t>
+  </si>
+  <si>
+    <t>Моющее средство для посуды с ароматом дыни, 5 кг</t>
+  </si>
+  <si>
+    <t>PR208307</t>
+  </si>
+  <si>
     <t>1222</t>
   </si>
   <si>
     <t>Антибактериальное жидкое мыло, с ионами серебра, ТМ Ekolan, ПЭТ упаковка, 5000 мл</t>
   </si>
   <si>
     <t>4820217131887</t>
   </si>
   <si>
     <t>ЗооТовар</t>
   </si>
   <si>
     <t>ZOO</t>
+  </si>
+  <si>
+    <t>Beauty Box "Тропик"</t>
+  </si>
+  <si>
+    <t>00140</t>
+  </si>
+  <si>
+    <t>Набор кухонных принадлежностей на подставке, 6 предметов, серый</t>
+  </si>
+  <si>
+    <t>HP27473B</t>
   </si>
   <si>
     <t>Гирлянда Бахрома уличная 600 LED 36 м от сети черная нить</t>
   </si>
   <si>
     <t>36МB</t>
   </si>
   <si>
     <t>Бант новогодний бархатный бархатный, красный</t>
   </si>
   <si>
     <t>CR-2-13-1</t>
   </si>
   <si>
     <t>Набір: чашка 400мл +чайник "Сніговик"</t>
   </si>
   <si>
     <t>В4024</t>
   </si>
   <si>
     <t>Лампочка аварийного освещения Almina 30 Вт</t>
   </si>
   <si>
     <t>DL-030</t>
   </si>
@@ -501,54 +531,54 @@
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z11"/>
+  <dimension ref="A1:Z16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A2" sqref="A2:Z11"/>
+      <selection activeCell="A2" sqref="A2:Z16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="25" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
@@ -639,147 +669,147 @@
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
       <c r="N4" s="2"/>
       <c r="O4" s="2"/>
       <c r="P4" s="2"/>
       <c r="Q4" s="2"/>
       <c r="R4" s="2"/>
       <c r="S4" s="2"/>
       <c r="T4" s="2"/>
       <c r="U4" s="2"/>
       <c r="V4" s="2"/>
       <c r="W4" s="2"/>
       <c r="X4" s="2"/>
       <c r="Y4" s="2"/>
       <c r="Z4" s="2"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="2" t="s">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
       <c r="J5" s="2"/>
       <c r="K5" s="2"/>
       <c r="L5" s="2"/>
       <c r="M5" s="2"/>
       <c r="N5" s="2"/>
       <c r="O5" s="2"/>
       <c r="P5" s="2"/>
       <c r="Q5" s="2"/>
       <c r="R5" s="2"/>
       <c r="S5" s="2"/>
       <c r="T5" s="2"/>
       <c r="U5" s="2"/>
       <c r="V5" s="2"/>
       <c r="W5" s="2"/>
       <c r="X5" s="2"/>
       <c r="Y5" s="2"/>
       <c r="Z5" s="2"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C6" s="2"/>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
       <c r="J6" s="2"/>
       <c r="K6" s="2"/>
       <c r="L6" s="2"/>
       <c r="M6" s="2"/>
       <c r="N6" s="2"/>
       <c r="O6" s="2"/>
       <c r="P6" s="2"/>
       <c r="Q6" s="2"/>
       <c r="R6" s="2"/>
       <c r="S6" s="2"/>
       <c r="T6" s="2"/>
       <c r="U6" s="2"/>
       <c r="V6" s="2"/>
       <c r="W6" s="2"/>
       <c r="X6" s="2"/>
       <c r="Y6" s="2"/>
       <c r="Z6" s="2"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="2"/>
       <c r="M7" s="2"/>
       <c r="N7" s="2"/>
       <c r="O7" s="2"/>
       <c r="P7" s="2"/>
       <c r="Q7" s="2"/>
       <c r="R7" s="2"/>
       <c r="S7" s="2"/>
       <c r="T7" s="2"/>
       <c r="U7" s="2"/>
       <c r="V7" s="2"/>
       <c r="W7" s="2"/>
       <c r="X7" s="2"/>
       <c r="Y7" s="2"/>
       <c r="Z7" s="2"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="2" t="s">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
       <c r="J8" s="2"/>
       <c r="K8" s="2"/>
       <c r="L8" s="2"/>
       <c r="M8" s="2"/>
       <c r="N8" s="2"/>
       <c r="O8" s="2"/>
       <c r="P8" s="2"/>
       <c r="Q8" s="2"/>
       <c r="R8" s="2"/>
       <c r="S8" s="2"/>
       <c r="T8" s="2"/>
       <c r="U8" s="2"/>
       <c r="V8" s="2"/>
       <c r="W8" s="2"/>
@@ -860,50 +890,210 @@
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
       <c r="J11" s="2"/>
       <c r="K11" s="2"/>
       <c r="L11" s="2"/>
       <c r="M11" s="2"/>
       <c r="N11" s="2"/>
       <c r="O11" s="2"/>
       <c r="P11" s="2"/>
       <c r="Q11" s="2"/>
       <c r="R11" s="2"/>
       <c r="S11" s="2"/>
       <c r="T11" s="2"/>
       <c r="U11" s="2"/>
       <c r="V11" s="2"/>
       <c r="W11" s="2"/>
       <c r="X11" s="2"/>
       <c r="Y11" s="2"/>
       <c r="Z11" s="2"/>
+    </row>
+    <row r="12" spans="1:26">
+      <c r="A12" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C12" s="2"/>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2"/>
+      <c r="F12" s="2"/>
+      <c r="G12" s="2"/>
+      <c r="H12" s="2"/>
+      <c r="I12" s="2"/>
+      <c r="J12" s="2"/>
+      <c r="K12" s="2"/>
+      <c r="L12" s="2"/>
+      <c r="M12" s="2"/>
+      <c r="N12" s="2"/>
+      <c r="O12" s="2"/>
+      <c r="P12" s="2"/>
+      <c r="Q12" s="2"/>
+      <c r="R12" s="2"/>
+      <c r="S12" s="2"/>
+      <c r="T12" s="2"/>
+      <c r="U12" s="2"/>
+      <c r="V12" s="2"/>
+      <c r="W12" s="2"/>
+      <c r="X12" s="2"/>
+      <c r="Y12" s="2"/>
+      <c r="Z12" s="2"/>
+    </row>
+    <row r="13" spans="1:26">
+      <c r="A13" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B13" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="2"/>
+      <c r="J13" s="2"/>
+      <c r="K13" s="2"/>
+      <c r="L13" s="2"/>
+      <c r="M13" s="2"/>
+      <c r="N13" s="2"/>
+      <c r="O13" s="2"/>
+      <c r="P13" s="2"/>
+      <c r="Q13" s="2"/>
+      <c r="R13" s="2"/>
+      <c r="S13" s="2"/>
+      <c r="T13" s="2"/>
+      <c r="U13" s="2"/>
+      <c r="V13" s="2"/>
+      <c r="W13" s="2"/>
+      <c r="X13" s="2"/>
+      <c r="Y13" s="2"/>
+      <c r="Z13" s="2"/>
+    </row>
+    <row r="14" spans="1:26">
+      <c r="A14" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C14" s="2"/>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2"/>
+      <c r="I14" s="2"/>
+      <c r="J14" s="2"/>
+      <c r="K14" s="2"/>
+      <c r="L14" s="2"/>
+      <c r="M14" s="2"/>
+      <c r="N14" s="2"/>
+      <c r="O14" s="2"/>
+      <c r="P14" s="2"/>
+      <c r="Q14" s="2"/>
+      <c r="R14" s="2"/>
+      <c r="S14" s="2"/>
+      <c r="T14" s="2"/>
+      <c r="U14" s="2"/>
+      <c r="V14" s="2"/>
+      <c r="W14" s="2"/>
+      <c r="X14" s="2"/>
+      <c r="Y14" s="2"/>
+      <c r="Z14" s="2"/>
+    </row>
+    <row r="15" spans="1:26">
+      <c r="A15" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B15" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C15" s="2"/>
+      <c r="D15" s="2"/>
+      <c r="E15" s="2"/>
+      <c r="F15" s="2"/>
+      <c r="G15" s="2"/>
+      <c r="H15" s="2"/>
+      <c r="I15" s="2"/>
+      <c r="J15" s="2"/>
+      <c r="K15" s="2"/>
+      <c r="L15" s="2"/>
+      <c r="M15" s="2"/>
+      <c r="N15" s="2"/>
+      <c r="O15" s="2"/>
+      <c r="P15" s="2"/>
+      <c r="Q15" s="2"/>
+      <c r="R15" s="2"/>
+      <c r="S15" s="2"/>
+      <c r="T15" s="2"/>
+      <c r="U15" s="2"/>
+      <c r="V15" s="2"/>
+      <c r="W15" s="2"/>
+      <c r="X15" s="2"/>
+      <c r="Y15" s="2"/>
+      <c r="Z15" s="2"/>
+    </row>
+    <row r="16" spans="1:26">
+      <c r="A16" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B16" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
+      <c r="J16" s="2"/>
+      <c r="K16" s="2"/>
+      <c r="L16" s="2"/>
+      <c r="M16" s="2"/>
+      <c r="N16" s="2"/>
+      <c r="O16" s="2"/>
+      <c r="P16" s="2"/>
+      <c r="Q16" s="2"/>
+      <c r="R16" s="2"/>
+      <c r="S16" s="2"/>
+      <c r="T16" s="2"/>
+      <c r="U16" s="2"/>
+      <c r="V16" s="2"/>
+      <c r="W16" s="2"/>
+      <c r="X16" s="2"/>
+      <c r="Y16" s="2"/>
+      <c r="Z16" s="2"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>